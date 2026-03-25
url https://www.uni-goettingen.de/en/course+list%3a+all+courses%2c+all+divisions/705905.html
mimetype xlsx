--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\_kurse\_2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7CD44800-9091-481B-A856-4C2BAACEE0C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8670015-6DD3-4005-B109-EA1E924C001D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{5A278A19-F4C1-4068-A567-10B5F7A1D214}"/>
   </bookViews>
   <sheets>
     <sheet name="2026-02-17_alle kurse alle abte" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2026-02-17_alle kurse alle abte'!$A$1:$F$161</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="787" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="787" uniqueCount="371">
   <si>
     <t>Dr. Anca-Raluca Radu</t>
   </si>
   <si>
     <t>ANG</t>
   </si>
   <si>
     <t>Mon 10:00 - 12:00 (weekly), room: (VG 4.105)</t>
   </si>
   <si>
     <t>Introductory seminar</t>
   </si>
   <si>
     <t>Introduction to British Cultural Studies</t>
   </si>
   <si>
     <t>Tue 12:00 - 14:00 (biweekly, from 14 Apr 2026), room: (VG 4.102)</t>
   </si>
   <si>
     <t>Colloquium</t>
   </si>
   <si>
     <t>BA Colloquium (Anglophone Literature and Culture)</t>
   </si>
   <si>
@@ -1279,123 +1279,134 @@
         <scheme val="minor"/>
       </rPr>
       <t>CANCELLED</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> -</t>
     </r>
   </si>
   <si>
     <t>NAS</t>
   </si>
   <si>
     <t xml:space="preserve">Game-Based Language Learning </t>
   </si>
   <si>
     <t>Wed 12:15 - 13:45 (weekly), room: (Theo 0.136)</t>
   </si>
   <si>
-    <t>Advanced linguistics: Title TBA</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Mediating Language and Culture</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>new title: Second Language Acquisition and Grammar Instruction in ELT</t>
     </r>
   </si>
+  <si>
+    <t>Advanced linguistics: The semantics of imperative and optative constructions</t>
+  </si>
+  <si>
+    <t>Advanced linguistics: Puzzles in intensional semantics: perspective, memory, and attitude reports</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1465,54 +1476,54 @@
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
@@ -1796,52 +1807,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{897848F3-424B-460C-9D3A-F028822E3646}">
   <dimension ref="A1:F161"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A52" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A52" sqref="A52"/>
+      <pane ySplit="1" topLeftCell="A100" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B116" sqref="B116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.36328125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="11.36328125" style="1"/>
     <col min="2" max="2" width="45.7265625" style="1" customWidth="1"/>
     <col min="3" max="3" width="31.26953125" style="1" customWidth="1"/>
     <col min="4" max="4" width="46.6328125" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.26953125" style="1" customWidth="1"/>
     <col min="6" max="6" width="36.08984375" style="1" customWidth="1"/>
     <col min="7" max="16384" width="11.36328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="3" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
         <v>298</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>297</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>296</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>295</v>
@@ -2492,51 +2503,51 @@
       <c r="F33" s="2" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A34" s="15">
         <v>450588</v>
       </c>
       <c r="B34" s="16" t="s">
         <v>361</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>3</v>
       </c>
       <c r="D34" s="17"/>
       <c r="E34" s="17" t="s">
         <v>331</v>
       </c>
       <c r="F34" s="17"/>
     </row>
     <row r="35" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A35" s="11">
         <v>450653</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>13</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>342</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>331</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A36" s="1">
         <v>450890</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D36" s="2" t="s">
@@ -3949,56 +3960,56 @@
       </c>
       <c r="F107" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A108" s="1">
         <v>452938</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="109" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A109" s="11">
         <v>452945</v>
       </c>
-      <c r="B109" s="14" t="s">
-        <v>368</v>
+      <c r="B109" s="19" t="s">
+        <v>369</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>38</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A110" s="11">
         <v>452946</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>100</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D110" s="14" t="s">
@@ -4069,56 +4080,56 @@
       </c>
       <c r="F113" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A114" s="1">
         <v>452950</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="115" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:6" ht="34" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A115" s="11">
         <v>452951</v>
       </c>
-      <c r="B115" s="14" t="s">
-        <v>368</v>
+      <c r="B115" s="19" t="s">
+        <v>370</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D115" s="13" t="s">
         <v>90</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>38</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A116" s="1">
         <v>452952</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D116" s="2" t="s">
@@ -4393,51 +4404,51 @@
     </row>
     <row r="130" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A130" s="1">
         <v>453079</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A131" s="7">
         <v>453212</v>
       </c>
-      <c r="B131" s="18" t="s">
+      <c r="B131" s="9" t="s">
         <v>366</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>335</v>
       </c>
       <c r="E131" s="6" t="s">
         <v>331</v>
       </c>
       <c r="F131" s="6" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="132" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A132" s="1">
         <v>455747</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>48</v>
       </c>
@@ -4803,51 +4814,51 @@
     </row>
     <row r="151" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A151" s="1">
         <v>4510029</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>353</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A152" s="1">
         <v>4510036</v>
       </c>
-      <c r="B152" s="19" t="s">
+      <c r="B152" s="18" t="s">
         <v>319</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>357</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="153" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A153" s="15">
         <v>4510040</v>
       </c>
       <c r="B153" s="16" t="s">
         <v>364</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>13</v>
       </c>